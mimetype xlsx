--- v0 (2025-10-12)
+++ v1 (2026-01-09)
@@ -66,65 +66,65 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="8.8"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="71.5"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="7.700000000000001"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="8.8"/>
-    <col min="5" max="5" bestFit="1" customWidth="1" width="26.400000000000002"/>
-[...3 lines deleted...]
-    <col min="9" max="9" bestFit="1" customWidth="1" width="62.7"/>
+    <col min="5" max="5" bestFit="1" customWidth="1" width="18.700000000000003"/>
+    <col min="6" max="6" bestFit="1" customWidth="1" width="31.900000000000002"/>
+    <col min="7" max="7" bestFit="1" customWidth="1" width="17.6"/>
+    <col min="8" max="8" bestFit="1" customWidth="1" width="157.3"/>
+    <col min="9" max="9" bestFit="1" customWidth="1" width="42.900000000000006"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>city</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>state</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
@@ -132,1543 +132,160 @@
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>contact_email</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>contact_phone</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>sponsors</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>website</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>43222</v>
+        <v>22</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Adventure Squad</t>
+          <t>Half Fast Velo presented by Ninkasi Brewing and Everyday Music</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0"/>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Mike Ripley</t>
+          <t>Kevin Thompson</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>mike@mudslingerevents.com</t>
+          <t>thompsok@loswego.k12.or.us</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>541-225-7946</t>
+          <t>503-481-7662</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
-        <is>
-[...674 lines deleted...]
-      <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Ninkasi
 Everyday Music
 Atomic Auto
 Bart's Barber Shop</t>
         </is>
       </c>
-      <c r="I20" s="0" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
-    <row r="21">
-[...130 lines deleted...]
-      <c r="H24" s="0" t="inlineStr">
+    <row r="3">
+      <c r="A3" s="0" t="n">
+        <v>40993</v>
+      </c>
+      <c r="B3" s="0" t="inlineStr">
+        <is>
+          <t>Jerry Baker Juniors</t>
+        </is>
+      </c>
+      <c r="C3" s="0"/>
+      <c r="D3" s="0"/>
+      <c r="E3" s="0" t="inlineStr">
+        <is>
+          <t>Amara Edwards</t>
+        </is>
+      </c>
+      <c r="F3" s="0" t="inlineStr">
+        <is>
+          <t>juniors@velodrome.org</t>
+        </is>
+      </c>
+      <c r="G3" s="0" t="inlineStr">
+        <is>
+          <t>425-327-9430</t>
+        </is>
+      </c>
+      <c r="H3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I24" s="0" t="inlineStr">
-[...643 lines deleted...]
-          <t>https://valkyr.cc</t>
+      <c r="I3" s="0" t="inlineStr">
+        <is>
+          <t>https://velodrome.org/jbjuniorsteam/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="n">
+        <v>47400</v>
+      </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>YBA Racing</t>
+        </is>
+      </c>
+      <c r="C4" s="0"/>
+      <c r="D4" s="0"/>
+      <c r="E4" s="0" t="inlineStr">
+        <is>
+          <t>Alex Yale</t>
+        </is>
+      </c>
+      <c r="F4" s="0" t="inlineStr">
+        <is>
+          <t>YBAracing@yb-a.com</t>
+        </is>
+      </c>
+      <c r="G4" s="0" t="inlineStr">
+        <is>
+          <t>503.334.7392</t>
+        </is>
+      </c>
+      <c r="H4" s="0" t="inlineStr">
+        <is>
+          <t>Yale+Brown Architects (yb-a.com)
+Lakeside Bicycles (lakeside-bikes.com/)
+Coure Clothing (catalog.cuore.ch/)
+Tifosi Optics (Tifosi Optics)</t>
+        </is>
+      </c>
+      <c r="I4" s="0" t="inlineStr">
+        <is>
+          <t>YB-A.com</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>