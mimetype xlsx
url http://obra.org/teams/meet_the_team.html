--- v1 (2025-12-03)
+++ v2 (2026-02-19)
@@ -66,109 +66,595 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:I1"/>
+  <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="5.5"/>
-    <col min="2" max="2" bestFit="1" customWidth="1" width="7.700000000000001"/>
+    <col min="1" max="1" bestFit="1" customWidth="1" width="8.8"/>
+    <col min="2" max="2" bestFit="1" customWidth="1" width="71.5"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="7.700000000000001"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="8.8"/>
-    <col min="5" max="5" bestFit="1" customWidth="1" width="16.5"/>
-    <col min="6" max="6" bestFit="1" customWidth="1" width="17.6"/>
+    <col min="5" max="5" bestFit="1" customWidth="1" width="22.0"/>
+    <col min="6" max="6" bestFit="1" customWidth="1" width="35.2"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="17.6"/>
-    <col min="8" max="8" bestFit="1" customWidth="1" width="12.100000000000001"/>
-    <col min="9" max="9" bestFit="1" customWidth="1" width="11.0"/>
+    <col min="8" max="8" bestFit="1" customWidth="1" width="171.60000000000002"/>
+    <col min="9" max="9" bestFit="1" customWidth="1" width="53.900000000000006"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>city</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>state</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>contact_name</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>contact_email</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>contact_phone</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>sponsors</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>website</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="n">
+        <v>32</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>BicycleAttorney.com</t>
+        </is>
+      </c>
+      <c r="C2" s="0"/>
+      <c r="D2" s="0"/>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Sarah Phillips</t>
+        </is>
+      </c>
+      <c r="F2" s="0" t="inlineStr">
+        <is>
+          <t>sphillips76@msn.com</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="n">
+        <v>12522412051</v>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>BicycleAttorney.com, Cyclepath PDX, Hopworks Brewery, Nossa Familia Coffee, Hifi Sound Cycling Components</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t>https://prestovelo.mn.co/</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="n">
+        <v>22435</v>
+      </c>
+      <c r="B3" s="0" t="inlineStr">
+        <is>
+          <t>Boneyard Cycling</t>
+        </is>
+      </c>
+      <c r="C3" s="0"/>
+      <c r="D3" s="0"/>
+      <c r="E3" s="0" t="inlineStr">
+        <is>
+          <t>Kim Ely</t>
+        </is>
+      </c>
+      <c r="F3" s="0" t="inlineStr">
+        <is>
+          <t>info@boneyardcycling.com</t>
+        </is>
+      </c>
+      <c r="G3" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="0" t="inlineStr">
+        <is>
+          <t>Boneyard Beer, BendR Cyclery, Fat Tony's Pizzeria, Focus Physical Therapy, McGlone Property Group, Project Bike, Volcano Vans</t>
+        </is>
+      </c>
+      <c r="I3" s="0" t="inlineStr">
+        <is>
+          <t>http:/www.boneyardcycling.com</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="n">
+        <v>44097</v>
+      </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>Breakfast Racing Team</t>
+        </is>
+      </c>
+      <c r="C4" s="0"/>
+      <c r="D4" s="0"/>
+      <c r="E4" s="0" t="inlineStr">
+        <is>
+          <t>Andy Jordan</t>
+        </is>
+      </c>
+      <c r="F4" s="0" t="inlineStr">
+        <is>
+          <t>info@breakfastracingteam.org</t>
+        </is>
+      </c>
+      <c r="G4" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="0" t="inlineStr">
+        <is>
+          <t>VERGE SPORT, Good Weather, Bell Lap Productions, Jessica Cutler of Wenzel Coaching, Erika at The Fitting Room</t>
+        </is>
+      </c>
+      <c r="I4" s="0" t="inlineStr">
+        <is>
+          <t>https://breakfastracingteam.org</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="n">
+        <v>5615</v>
+      </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>Capitol Velo Cycling</t>
+        </is>
+      </c>
+      <c r="C5" s="0"/>
+      <c r="D5" s="0"/>
+      <c r="E5" s="0" t="inlineStr">
+        <is>
+          <t>Luke Bergerson</t>
+        </is>
+      </c>
+      <c r="F5" s="0" t="inlineStr">
+        <is>
+          <t>admin@capitolvelo.com</t>
+        </is>
+      </c>
+      <c r="G5" s="0" t="inlineStr">
+        <is>
+          <t>503-881-7813</t>
+        </is>
+      </c>
+      <c r="H5" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="0" t="inlineStr">
+        <is>
+          <t>http://www.capitolvelo.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="n">
+        <v>47413</v>
+      </c>
+      <c r="B6" s="0" t="inlineStr">
+        <is>
+          <t>Century Road Club Association (CRCA)</t>
+        </is>
+      </c>
+      <c r="C6" s="0"/>
+      <c r="D6" s="0"/>
+      <c r="E6" s="0" t="inlineStr">
+        <is>
+          <t>Emily Singleton</t>
+        </is>
+      </c>
+      <c r="F6" s="0" t="inlineStr">
+        <is>
+          <t>president@crca.net</t>
+        </is>
+      </c>
+      <c r="G6" s="0" t="inlineStr">
+        <is>
+          <t>573-355-8393</t>
+        </is>
+      </c>
+      <c r="H6" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I6" s="0" t="inlineStr">
+        <is>
+          <t>https://www.crca.net</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="n">
+        <v>42200</v>
+      </c>
+      <c r="B7" s="0" t="inlineStr">
+        <is>
+          <t>Dirty Freehub</t>
+        </is>
+      </c>
+      <c r="C7" s="0"/>
+      <c r="D7" s="0"/>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t>Kevin English</t>
+        </is>
+      </c>
+      <c r="F7" s="0" t="inlineStr">
+        <is>
+          <t>Kevin@DirtyFreehub.org</t>
+        </is>
+      </c>
+      <c r="G7" s="0" t="inlineStr">
+        <is>
+          <t>541-550-8930</t>
+        </is>
+      </c>
+      <c r="H7" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="0" t="inlineStr">
+        <is>
+          <t>https://dirtyfreehub.org</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="n">
+        <v>45747</v>
+      </c>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>Fast Fun Nice Racing p/b Steeplejack</t>
+        </is>
+      </c>
+      <c r="C8" s="0"/>
+      <c r="D8" s="0"/>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t>Alice Lopez-Hall</t>
+        </is>
+      </c>
+      <c r="F8" s="0" t="inlineStr">
+        <is>
+          <t>gofasthavefunbenice@gmail.com</t>
+        </is>
+      </c>
+      <c r="G8" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="0" t="inlineStr">
+        <is>
+          <t>Steeplejack Brewing, Harder Day Coffee, Sellwood Cycle Repair, Tré Bone Pet Supply</t>
+        </is>
+      </c>
+      <c r="I8" s="0" t="inlineStr">
+        <is>
+          <t>https://fastfunnice.team</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="n">
+        <v>15041</v>
+      </c>
+      <c r="B9" s="0" t="inlineStr">
+        <is>
+          <t>Forza Portland, presented by Smith Optics</t>
+        </is>
+      </c>
+      <c r="C9" s="0"/>
+      <c r="D9" s="0"/>
+      <c r="E9" s="0" t="inlineStr">
+        <is>
+          <t>Peter Seelig</t>
+        </is>
+      </c>
+      <c r="F9" s="0" t="inlineStr">
+        <is>
+          <t>seeligpdx@gmail.com</t>
+        </is>
+      </c>
+      <c r="G9" s="0" t="inlineStr">
+        <is>
+          <t>503-320-2005</t>
+        </is>
+      </c>
+      <c r="H9" s="0" t="inlineStr">
+        <is>
+          <t>Smith Optics
+</t>
+        </is>
+      </c>
+      <c r="I9" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="n">
+        <v>46630</v>
+      </c>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>Grouptrail Cycling p/b Ciclo Wealth</t>
+        </is>
+      </c>
+      <c r="C10" s="0"/>
+      <c r="D10" s="0"/>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t>Justin Yuen</t>
+        </is>
+      </c>
+      <c r="F10" s="0" t="inlineStr">
+        <is>
+          <t>cycling@grouptrail.com</t>
+        </is>
+      </c>
+      <c r="G10" s="0" t="inlineStr">
+        <is>
+          <t>971-222-3016</t>
+        </is>
+      </c>
+      <c r="H10" s="0" t="inlineStr">
+        <is>
+          <t>Grouptrail, Ciclo Wealth, Wildwood PT, King Family Law, Tonkon Torp, incommon agency, Metropolis Cycles, Right Hook Finishes, Nossa Familia, Lardo/Grassa</t>
+        </is>
+      </c>
+      <c r="I10" s="0" t="inlineStr">
+        <is>
+          <t>https://www.grouptrail.com/grouptrail-cycling/</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="n">
+        <v>22</v>
+      </c>
+      <c r="B11" s="0" t="inlineStr">
+        <is>
+          <t>Half Fast Velo presented by Ninkasi Brewing and Everyday Music</t>
+        </is>
+      </c>
+      <c r="C11" s="0"/>
+      <c r="D11" s="0"/>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
+          <t>Kevin Thompson</t>
+        </is>
+      </c>
+      <c r="F11" s="0" t="inlineStr">
+        <is>
+          <t>thompsok@loswego.k12.or.us</t>
+        </is>
+      </c>
+      <c r="G11" s="0" t="inlineStr">
+        <is>
+          <t>503-481-7662</t>
+        </is>
+      </c>
+      <c r="H11" s="0" t="inlineStr">
+        <is>
+          <t>Ninkasi
+Everyday Music
+Atomic Auto
+Bart's Barber Shop</t>
+        </is>
+      </c>
+      <c r="I11" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="n">
+        <v>40993</v>
+      </c>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>Jerry Baker Juniors</t>
+        </is>
+      </c>
+      <c r="C12" s="0"/>
+      <c r="D12" s="0"/>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t>Amara Edwards</t>
+        </is>
+      </c>
+      <c r="F12" s="0" t="inlineStr">
+        <is>
+          <t>juniors@velodrome.org</t>
+        </is>
+      </c>
+      <c r="G12" s="0" t="inlineStr">
+        <is>
+          <t>425-327-9430</t>
+        </is>
+      </c>
+      <c r="H12" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="0" t="inlineStr">
+        <is>
+          <t>https://velodrome.org/jbjuniorsteam/</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="n">
+        <v>47409</v>
+      </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>Superare Racing</t>
+        </is>
+      </c>
+      <c r="C13" s="0"/>
+      <c r="D13" s="0"/>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t>Jack Henry Kotnik</t>
+        </is>
+      </c>
+      <c r="F13" s="0" t="inlineStr">
+        <is>
+          <t>SuperareRacing@gmail.com</t>
+        </is>
+      </c>
+      <c r="G13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="0" t="inlineStr">
+        <is>
+          <t>https://superare.cc</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="n">
+        <v>47400</v>
+      </c>
+      <c r="B14" s="0" t="inlineStr">
+        <is>
+          <t>YBA Racing</t>
+        </is>
+      </c>
+      <c r="C14" s="0"/>
+      <c r="D14" s="0"/>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t>Alex Yale</t>
+        </is>
+      </c>
+      <c r="F14" s="0" t="inlineStr">
+        <is>
+          <t>YBAracing@yb-a.com</t>
+        </is>
+      </c>
+      <c r="G14" s="0" t="inlineStr">
+        <is>
+          <t>503.334.7392</t>
+        </is>
+      </c>
+      <c r="H14" s="0" t="inlineStr">
+        <is>
+          <t>Yale+Brown Architects (yb-a.com)
+Lakeside Bicycles (lakeside-bikes.com/)
+Coure Clothing (catalog.cuore.ch/)
+Tifosi Optics (Tifosi Optics)</t>
+        </is>
+      </c>
+      <c r="I14" s="0" t="inlineStr">
+        <is>
+          <t>YB-A.com</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>