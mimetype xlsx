--- v2 (2026-02-19)
+++ v3 (2026-03-13)
@@ -66,65 +66,65 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I22"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="8.8"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="71.5"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="7.700000000000001"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="8.8"/>
-    <col min="5" max="5" bestFit="1" customWidth="1" width="22.0"/>
-    <col min="6" max="6" bestFit="1" customWidth="1" width="35.2"/>
+    <col min="5" max="5" bestFit="1" customWidth="1" width="26.400000000000002"/>
+    <col min="6" max="6" bestFit="1" customWidth="1" width="40.7"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="17.6"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="171.60000000000002"/>
-    <col min="9" max="9" bestFit="1" customWidth="1" width="53.900000000000006"/>
+    <col min="9" max="9" bestFit="1" customWidth="1" width="66.0"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>city</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>state</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
@@ -132,529 +132,822 @@
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>contact_email</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>contact_phone</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>sponsors</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>website</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>32</v>
+        <v>40757</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>BicycleAttorney.com</t>
+          <t>Biciclista US </t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0"/>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Sarah Phillips</t>
+          <t>Stefano Spedini</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>sphillips76@msn.com</t>
+          <t>info@biciclista.us</t>
         </is>
       </c>
       <c r="G2" s="0" t="n">
-        <v>12522412051</v>
+        <v>5037802688</v>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>BicycleAttorney.com, Cyclepath PDX, Hopworks Brewery, Nossa Familia Coffee, Hifi Sound Cycling Components</t>
+          <t>Biciclista , Chris King, Smith, Bike Tires Direct, Pastime Coffee, SimWorks, Ingrid</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t>https://prestovelo.mn.co/</t>
+          <t>https://biciclista.us/collections/team-biciclista-us-2023</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>22435</v>
+        <v>32</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Boneyard Cycling</t>
+          <t>BicycleAttorney.com</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0"/>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Kim Ely</t>
+          <t>Sarah Phillips</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>info@boneyardcycling.com</t>
-[...5 lines deleted...]
-        </is>
+          <t>sphillips76@msn.com</t>
+        </is>
+      </c>
+      <c r="G3" s="0" t="n">
+        <v>12522412051</v>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Boneyard Beer, BendR Cyclery, Fat Tony's Pizzeria, Focus Physical Therapy, McGlone Property Group, Project Bike, Volcano Vans</t>
+          <t>BicycleAttorney.com, Cyclepath PDX, Hopworks Brewery, Nossa Familia Coffee, Hifi Sound Cycling Components</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>http:/www.boneyardcycling.com</t>
+          <t>https://prestovelo.mn.co/</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>44097</v>
+        <v>22435</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Breakfast Racing Team</t>
+          <t>Boneyard Cycling</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0"/>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Andy Jordan</t>
+          <t>Kim Ely</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>info@breakfastracingteam.org</t>
+          <t>info@boneyardcycling.com</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>VERGE SPORT, Good Weather, Bell Lap Productions, Jessica Cutler of Wenzel Coaching, Erika at The Fitting Room</t>
+          <t>Boneyard Beer, BendR Cyclery, Fat Tony's Pizzeria, Focus Physical Therapy, McGlone Property Group, Project Bike, Volcano Vans</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>https://breakfastracingteam.org</t>
+          <t>http:/www.boneyardcycling.com</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>5615</v>
+        <v>44097</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Capitol Velo Cycling</t>
+          <t>Breakfast Racing Team</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Luke Bergerson</t>
+          <t>Andy Jordan</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>admin@capitolvelo.com</t>
+          <t>info@breakfastracingteam.org</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>503-881-7813</t>
+          <t/>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>VERGE SPORT, Good Weather, Bell Lap Productions, Jessica Cutler of Wenzel Coaching, Erika at The Fitting Room</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>http://www.capitolvelo.com/</t>
+          <t>https://breakfastracingteam.org</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>47413</v>
+        <v>5615</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Century Road Club Association (CRCA)</t>
+          <t>Capitol Velo Cycling</t>
         </is>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" s="0"/>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Emily Singleton</t>
+          <t>Luke Bergerson</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>president@crca.net</t>
+          <t>admin@capitolvelo.com</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>573-355-8393</t>
+          <t>503-881-7813</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>https://www.crca.net</t>
+          <t>http://www.capitolvelo.com/</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>42200</v>
+        <v>40948</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Dirty Freehub</t>
+          <t>Cascadia Rising p/b Metropolis Cycle Repair</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Kevin English</t>
+          <t>Dillon Maloney</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Kevin@DirtyFreehub.org</t>
+          <t>dillon.metropolis@gmail.com</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>541-550-8930</t>
+          <t>417-840-3294</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Metropolis Cycle Repair</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>https://dirtyfreehub.org</t>
+          <t>http://metropoliscycles.com/</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>45747</v>
+        <v>47414</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Fast Fun Nice Racing p/b Steeplejack</t>
+          <t>Case of the Mondays Cycling Club</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Alice Lopez-Hall</t>
+          <t>Tim Bridgham</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>gofasthavefunbenice@gmail.com</t>
+          <t>caseofthemondayscc@gmail.com</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Steeplejack Brewing, Harder Day Coffee, Sellwood Cycle Repair, Tré Bone Pet Supply</t>
+          <t>Arête Coffee, Rapha, PNW Components</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>https://fastfunnice.team</t>
+          <t>https://www.caseofthemondays.cc</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>15041</v>
+        <v>47413</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Forza Portland, presented by Smith Optics</t>
+          <t>Century Road Club Association (CRCA)</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Peter Seelig</t>
+          <t>Emily Singleton</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>seeligpdx@gmail.com</t>
+          <t>president@crca.net</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>503-320-2005</t>
+          <t>573-355-8393</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Smith Optics
-</t>
+          <t/>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>https://www.crca.net</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>46630</v>
+        <v>46626</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Grouptrail Cycling p/b Ciclo Wealth</t>
+          <t>CORVALLIS JUNIOR CYCLING</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Justin Yuen</t>
+          <t>Douglas Antelman</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>cycling@grouptrail.com</t>
+          <t>cvjrcycling@icloud.com</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>971-222-3016</t>
+          <t>908-361-3970</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Grouptrail, Ciclo Wealth, Wildwood PT, King Family Law, Tonkon Torp, incommon agency, Metropolis Cycles, Right Hook Finishes, Nossa Familia, Lardo/Grassa</t>
+          <t>Verge Sport, Spicy Pedals, Thayer Design-Build, Coffee Culture, Jim Kuhlman-State Farm, Northpoint Dental Group, BikeTiresDirect</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
-          <t>https://www.grouptrail.com/grouptrail-cycling/</t>
+          <t>http://www.juniorcycling.org/</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>22</v>
+        <v>42200</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Half Fast Velo presented by Ninkasi Brewing and Everyday Music</t>
+          <t>Dirty Freehub</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0"/>
       <c r="E11" s="0" t="inlineStr">
         <is>
+          <t>Kevin English</t>
+        </is>
+      </c>
+      <c r="F11" s="0" t="inlineStr">
+        <is>
+          <t>Kevin@DirtyFreehub.org</t>
+        </is>
+      </c>
+      <c r="G11" s="0" t="inlineStr">
+        <is>
+          <t>541-550-8930</t>
+        </is>
+      </c>
+      <c r="H11" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I11" s="0" t="inlineStr">
+        <is>
+          <t>https://dirtyfreehub.org</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="n">
+        <v>45747</v>
+      </c>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>Fast Fun Nice Racing p/b Steeplejack</t>
+        </is>
+      </c>
+      <c r="C12" s="0"/>
+      <c r="D12" s="0"/>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t>Alice Lopez-Hall</t>
+        </is>
+      </c>
+      <c r="F12" s="0" t="inlineStr">
+        <is>
+          <t>gofasthavefunbenice@gmail.com</t>
+        </is>
+      </c>
+      <c r="G12" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="0" t="inlineStr">
+        <is>
+          <t>Steeplejack Brewing, Harder Day Coffee, Sellwood Cycle Repair, Tré Bone Pet Supply</t>
+        </is>
+      </c>
+      <c r="I12" s="0" t="inlineStr">
+        <is>
+          <t>https://fastfunnice.team</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="n">
+        <v>15041</v>
+      </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>Forza Portland, presented by Smith Optics</t>
+        </is>
+      </c>
+      <c r="C13" s="0"/>
+      <c r="D13" s="0"/>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t>Peter Seelig</t>
+        </is>
+      </c>
+      <c r="F13" s="0" t="inlineStr">
+        <is>
+          <t>seeligpdx@gmail.com</t>
+        </is>
+      </c>
+      <c r="G13" s="0" t="inlineStr">
+        <is>
+          <t>503-320-2005</t>
+        </is>
+      </c>
+      <c r="H13" s="0" t="inlineStr">
+        <is>
+          <t>Smith Optics
+</t>
+        </is>
+      </c>
+      <c r="I13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="n">
+        <v>46630</v>
+      </c>
+      <c r="B14" s="0" t="inlineStr">
+        <is>
+          <t>Grouptrail Cycling p/b Ciclo Wealth</t>
+        </is>
+      </c>
+      <c r="C14" s="0"/>
+      <c r="D14" s="0"/>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t>Justin Yuen</t>
+        </is>
+      </c>
+      <c r="F14" s="0" t="inlineStr">
+        <is>
+          <t>cycling@grouptrail.com</t>
+        </is>
+      </c>
+      <c r="G14" s="0" t="inlineStr">
+        <is>
+          <t>971-222-3016</t>
+        </is>
+      </c>
+      <c r="H14" s="0" t="inlineStr">
+        <is>
+          <t>Grouptrail, Ciclo Wealth, Wildwood PT, King Family Law, Tonkon Torp, incommon agency, Metropolis Cycles, Right Hook Finishes, Nossa Familia, Lardo/Grassa</t>
+        </is>
+      </c>
+      <c r="I14" s="0" t="inlineStr">
+        <is>
+          <t>https://www.grouptrail.com/grouptrail-cycling/</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="n">
+        <v>22</v>
+      </c>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>Half Fast Velo presented by Ninkasi Brewing and Everyday Music</t>
+        </is>
+      </c>
+      <c r="C15" s="0"/>
+      <c r="D15" s="0"/>
+      <c r="E15" s="0" t="inlineStr">
+        <is>
           <t>Kevin Thompson</t>
         </is>
       </c>
-      <c r="F11" s="0" t="inlineStr">
+      <c r="F15" s="0" t="inlineStr">
         <is>
           <t>thompsok@loswego.k12.or.us</t>
         </is>
       </c>
-      <c r="G11" s="0" t="inlineStr">
+      <c r="G15" s="0" t="inlineStr">
         <is>
           <t>503-481-7662</t>
         </is>
       </c>
-      <c r="H11" s="0" t="inlineStr">
+      <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Ninkasi
 Everyday Music
 Atomic Auto
 Bart's Barber Shop</t>
         </is>
       </c>
-      <c r="I11" s="0" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="0" t="n">
+      <c r="I15" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="n">
+        <v>45305</v>
+      </c>
+      <c r="B16" s="0" t="inlineStr">
+        <is>
+          <t>Horner Cycling Foundation</t>
+        </is>
+      </c>
+      <c r="C16" s="0"/>
+      <c r="D16" s="0"/>
+      <c r="E16" s="0" t="inlineStr">
+        <is>
+          <t>Molly Cogswell-Kelley</t>
+        </is>
+      </c>
+      <c r="F16" s="0" t="inlineStr">
+        <is>
+          <t>molly@hornerlawllp.com</t>
+        </is>
+      </c>
+      <c r="G16" s="0" t="n">
+        <v>5414806975</v>
+      </c>
+      <c r="H16" s="0" t="inlineStr">
+        <is>
+          <t>Castelli</t>
+        </is>
+      </c>
+      <c r="I16" s="0" t="inlineStr">
+        <is>
+          <t>http://www.hornercyclingfoundation.com/</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="n">
         <v>40993</v>
       </c>
-      <c r="B12" s="0" t="inlineStr">
+      <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Jerry Baker Juniors</t>
         </is>
       </c>
-      <c r="C12" s="0"/>
-[...1 lines deleted...]
-      <c r="E12" s="0" t="inlineStr">
+      <c r="C17" s="0"/>
+      <c r="D17" s="0"/>
+      <c r="E17" s="0" t="inlineStr">
         <is>
           <t>Amara Edwards</t>
         </is>
       </c>
-      <c r="F12" s="0" t="inlineStr">
+      <c r="F17" s="0" t="inlineStr">
         <is>
           <t>juniors@velodrome.org</t>
         </is>
       </c>
-      <c r="G12" s="0" t="inlineStr">
+      <c r="G17" s="0" t="inlineStr">
         <is>
           <t>425-327-9430</t>
         </is>
       </c>
-      <c r="H12" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" s="0" t="inlineStr">
+      <c r="H17" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="0" t="inlineStr">
         <is>
           <t>https://velodrome.org/jbjuniorsteam/</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" s="0" t="n">
+    <row r="18">
+      <c r="A18" s="0" t="n">
+        <v>47418</v>
+      </c>
+      <c r="B18" s="0" t="inlineStr">
+        <is>
+          <t>Speed Pony Cycling Club</t>
+        </is>
+      </c>
+      <c r="C18" s="0"/>
+      <c r="D18" s="0"/>
+      <c r="E18" s="0" t="inlineStr">
+        <is>
+          <t>Michelle Heaton</t>
+        </is>
+      </c>
+      <c r="F18" s="0" t="inlineStr">
+        <is>
+          <t>Speedponycyclingclub@gmail.com</t>
+        </is>
+      </c>
+      <c r="G18" s="0" t="n">
+        <v>5412819500</v>
+      </c>
+      <c r="H18" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="n">
         <v>47409</v>
       </c>
-      <c r="B13" s="0" t="inlineStr">
+      <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Superare Racing</t>
         </is>
       </c>
-      <c r="C13" s="0"/>
-[...1 lines deleted...]
-      <c r="E13" s="0" t="inlineStr">
+      <c r="C19" s="0"/>
+      <c r="D19" s="0"/>
+      <c r="E19" s="0" t="inlineStr">
         <is>
           <t>Jack Henry Kotnik</t>
         </is>
       </c>
-      <c r="F13" s="0" t="inlineStr">
+      <c r="F19" s="0" t="inlineStr">
         <is>
           <t>SuperareRacing@gmail.com</t>
         </is>
       </c>
-      <c r="G13" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I13" s="0" t="inlineStr">
+      <c r="G19" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="0" t="inlineStr">
         <is>
           <t>https://superare.cc</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" s="0" t="n">
+    <row r="20">
+      <c r="A20" s="0" t="n">
+        <v>13624</v>
+      </c>
+      <c r="B20" s="0" t="inlineStr">
+        <is>
+          <t>Team Oregon p/b Rodda Paint</t>
+        </is>
+      </c>
+      <c r="C20" s="0"/>
+      <c r="D20" s="0"/>
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t>Randy Kerr</t>
+        </is>
+      </c>
+      <c r="F20" s="0" t="inlineStr">
+        <is>
+          <t>team-oregon-board@googlegroups.com</t>
+        </is>
+      </c>
+      <c r="G20" s="0" t="n">
+        <v>9546954000</v>
+      </c>
+      <c r="H20" s="0" t="inlineStr">
+        <is>
+          <t>Rodda Paint
+Bike Tires Direct
+Endurance Physical Therapy
+Camamu
+Scott's Cycle &amp; Sport
+HiFi Sound Cycling Components</t>
+        </is>
+      </c>
+      <c r="I20" s="0" t="inlineStr">
+        <is>
+          <t>https://teamoregon.cc/</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="n">
+        <v>11</v>
+      </c>
+      <c r="B21" s="0" t="inlineStr">
+        <is>
+          <t>Team S&amp;M</t>
+        </is>
+      </c>
+      <c r="C21" s="0"/>
+      <c r="D21" s="0"/>
+      <c r="E21" s="0" t="inlineStr">
+        <is>
+          <t>Erik Tonkin</t>
+        </is>
+      </c>
+      <c r="F21" s="0" t="inlineStr">
+        <is>
+          <t> erik.tonkin@gmail.com</t>
+        </is>
+      </c>
+      <c r="G21" s="0" t="inlineStr">
+        <is>
+          <t>503-233-9392</t>
+        </is>
+      </c>
+      <c r="H21" s="0" t="inlineStr">
+        <is>
+          <t>Sellwood Cycle Repair</t>
+        </is>
+      </c>
+      <c r="I21" s="0" t="inlineStr">
+        <is>
+          <t>http://www.sellwoodcycle.com</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="n">
         <v>47400</v>
       </c>
-      <c r="B14" s="0" t="inlineStr">
+      <c r="B22" s="0" t="inlineStr">
         <is>
           <t>YBA Racing</t>
         </is>
       </c>
-      <c r="C14" s="0"/>
-[...1 lines deleted...]
-      <c r="E14" s="0" t="inlineStr">
+      <c r="C22" s="0"/>
+      <c r="D22" s="0"/>
+      <c r="E22" s="0" t="inlineStr">
         <is>
           <t>Alex Yale</t>
         </is>
       </c>
-      <c r="F14" s="0" t="inlineStr">
+      <c r="F22" s="0" t="inlineStr">
         <is>
           <t>YBAracing@yb-a.com</t>
         </is>
       </c>
-      <c r="G14" s="0" t="inlineStr">
+      <c r="G22" s="0" t="inlineStr">
         <is>
           <t>503.334.7392</t>
         </is>
       </c>
-      <c r="H14" s="0" t="inlineStr">
+      <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Yale+Brown Architects (yb-a.com)
 Lakeside Bicycles (lakeside-bikes.com/)
 Coure Clothing (catalog.cuore.ch/)
 Tifosi Optics (Tifosi Optics)</t>
         </is>
       </c>
-      <c r="I14" s="0" t="inlineStr">
+      <c r="I22" s="0" t="inlineStr">
         <is>
           <t>YB-A.com</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>